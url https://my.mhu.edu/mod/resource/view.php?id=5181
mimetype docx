--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -1,103 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="35B87856" w14:textId="0CB2B071" w:rsidR="00A453FF" w:rsidRPr="006A4080" w:rsidRDefault="00A453FF" w:rsidP="00A453FF">
+    <w:p w14:paraId="35B87856" w14:textId="7F7CE8CF" w:rsidR="00A453FF" w:rsidRPr="006A4080" w:rsidRDefault="00A453FF" w:rsidP="00A453FF">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A4080">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Welcome to the Proposal </w:t>
       </w:r>
       <w:r w:rsidR="00C3236A">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Submission Process for SLAM 20</w:t>
       </w:r>
       <w:r w:rsidR="00C22420">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
+      <w:r w:rsidR="00741E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidR="000048A0">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4!</w:t>
+        <w:t>!</w:t>
       </w:r>
       <w:r w:rsidRPr="006A4080">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00ED3B3C" w14:textId="77777777" w:rsidR="00A453FF" w:rsidRDefault="00A453FF" w:rsidP="00A453FF">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -780,51 +791,51 @@
         <w:t xml:space="preserve"> Submissions</w:t>
       </w:r>
       <w:r w:rsidR="00AB1D8E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> are open NOW</w:t>
       </w:r>
       <w:r w:rsidR="00DA557D">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7038260C" w14:textId="6A0B30F6" w:rsidR="00A453FF" w:rsidRDefault="005810D1" w:rsidP="005810D1">
+    <w:p w14:paraId="7038260C" w14:textId="68E7D48C" w:rsidR="00A453FF" w:rsidRDefault="005810D1" w:rsidP="005810D1">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2880" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> P</w:t>
       </w:r>
       <w:r w:rsidR="00A453FF" w:rsidRPr="00BF10D4">
         <w:rPr>
@@ -837,60 +848,60 @@
         </w:rPr>
         <w:t>rop</w:t>
       </w:r>
       <w:r w:rsidR="00C3236A">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">osals accepted until </w:t>
       </w:r>
       <w:r w:rsidR="00AB1D8E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Feb 1</w:t>
       </w:r>
-      <w:r w:rsidR="000048A0">
+      <w:r w:rsidR="00741E8E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00AB1D8E" w:rsidRPr="00AB1D8E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00AB1D8E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A453FF" w:rsidRPr="00BF10D4">
@@ -1322,51 +1333,51 @@
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Keep your proposal at 300 words or less – be succinct!</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006A4080" w:rsidRPr="006A4080" w:rsidSect="006B7674">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
@@ -1392,51 +1403,51 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CE06A2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C083384"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2043,124 +2054,128 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="46074774">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1352996455">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1555002607">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="761534806">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="117333014">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1538852091">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="216"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A453FF"/>
     <w:rsid w:val="000048A0"/>
     <w:rsid w:val="000337DC"/>
     <w:rsid w:val="00074325"/>
     <w:rsid w:val="00082DD2"/>
     <w:rsid w:val="00205623"/>
     <w:rsid w:val="0023140C"/>
+    <w:rsid w:val="003B02EF"/>
     <w:rsid w:val="004B0CC2"/>
     <w:rsid w:val="005378E7"/>
     <w:rsid w:val="00547B6E"/>
     <w:rsid w:val="005810D1"/>
     <w:rsid w:val="006A4080"/>
     <w:rsid w:val="006B7674"/>
+    <w:rsid w:val="00741E8E"/>
     <w:rsid w:val="007A350B"/>
     <w:rsid w:val="00A453FF"/>
     <w:rsid w:val="00AB1D8E"/>
+    <w:rsid w:val="00B33DB4"/>
     <w:rsid w:val="00B63342"/>
     <w:rsid w:val="00BD4D51"/>
     <w:rsid w:val="00BF10D4"/>
     <w:rsid w:val="00C22420"/>
     <w:rsid w:val="00C3236A"/>
     <w:rsid w:val="00CC13CD"/>
     <w:rsid w:val="00D420A9"/>
     <w:rsid w:val="00D95266"/>
     <w:rsid w:val="00DA557D"/>
+    <w:rsid w:val="00E20385"/>
     <w:rsid w:val="00E33629"/>
     <w:rsid w:val="00ED5112"/>
     <w:rsid w:val="00F6033E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="35A6F6DA"/>
   <w15:docId w15:val="{81E4A271-7584-484C-8E93-47B78B4AC484}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2575,51 +2590,51 @@
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00A453FF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BF10D4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1097748870">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="186023843">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -2959,66 +2974,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>402</Words>
-  <Characters>2297</Characters>
+  <Words>474</Words>
+  <Characters>2212</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>52</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Mars Hill College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2694</CharactersWithSpaces>
+  <CharactersWithSpaces>2692</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Joy Clifton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>